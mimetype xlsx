--- v0 (2025-12-15)
+++ v1 (2026-03-31)
@@ -8,195 +8,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24326"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PRAVNA SLUŽBA\PRAVO NA PRISTUP INFORMACIJAMA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1EF47DC2-113F-4FD9-A176-4A41B822EA0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7E08C1B9-D93F-40C7-A649-FC15D8C2C917}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
     <sheet name="List2" sheetId="2" r:id="rId2"/>
     <sheet name="List3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="66">
   <si>
     <t>NAZIV SKUPA PODATAKA</t>
   </si>
   <si>
     <t>UČESTALOST OBJAVE/AŽURIRANJA</t>
   </si>
   <si>
     <t>ZAKONSKA ILI DRUGA OSNOVA ZA VOĐENJE</t>
   </si>
   <si>
     <t>PODZAKONSKI PROPIS</t>
   </si>
   <si>
     <t>NAČIN PRISTUPA</t>
   </si>
   <si>
     <t>POVEZNICA</t>
   </si>
   <si>
     <t>UVJETI KORIŠTENJA (DOZVOLE)</t>
   </si>
   <si>
-    <t>KONTAKT ZADUŽENE OSOBE</t>
-[...1 lines deleted...]
-  <si>
     <t>FORMAT OBJAVE</t>
   </si>
   <si>
     <t>KLJUČNE RIJEČI</t>
   </si>
   <si>
     <t>Registar koncesija</t>
   </si>
   <si>
     <t>svakodnevno</t>
   </si>
   <si>
     <t>druga osnova: Ugovor s Ministarstvom financija, sklopljen sukladno čl. 79. st. 1. i 7. Zakona o koncesijama (NN 69/17, 107/20) i čl. 3. st. 2. Pravilnika o registru koncesija (NN 1/18)</t>
   </si>
   <si>
     <t>Pravilnik o Registru koncesija (NN 1/2008)</t>
   </si>
   <si>
     <t>slobodan</t>
   </si>
   <si>
     <t>https://servisi.fina.hr/regkonc/index.do</t>
   </si>
   <si>
     <t>Otvorena dozvola RH</t>
   </si>
   <si>
     <t>CSV</t>
   </si>
   <si>
     <t>registar, registar koncesija, registar, koncesija, registri Fina</t>
   </si>
   <si>
-    <t>natasa.maric@fina.hr</t>
-[...1 lines deleted...]
-  <si>
     <t>Registar stvarnih vlasnika</t>
   </si>
   <si>
     <t>čl. 32. st. 2. Zakona o sprečavanju pranja novca i financiranja terorizma (NN 108/17, 39/19 i 151/22)</t>
   </si>
   <si>
     <t>Pravilnik o Registru stvarnih vlasnika (NN 53/19 i 1/20)</t>
   </si>
   <si>
     <t>https://rsv.fina.hr/RSV-javnost/login</t>
   </si>
   <si>
     <t>prijava putem NIAS-a vjerodajnicama visoke i niske razine sigurnosti</t>
   </si>
   <si>
     <t>aplikacija - preuzimanje u zip folderu CSV datoteke</t>
   </si>
   <si>
     <t>Registar stvarnih vlasnika, registri Fina</t>
   </si>
   <si>
-    <t>natalija.jonjic@fina.hr</t>
-[...1 lines deleted...]
-  <si>
     <t>Registar godišnjih financijskih izvještaja</t>
   </si>
   <si>
     <t>čl. 34. st. 1. Zakona o računovodstvu (NN 78/15, 134/15, 120/16, 116/18, 42/20, 47/20, 114/22, 82/23)</t>
   </si>
   <si>
     <t>Pravilnik o načinu vođenja Registra godišnjih financijskih izvještaja, te načinu primanja i postupku provjere potpunosti i točnosti godišnjih financijskih izvještaja i godišnjeg izvješća (NN 1/16, 93/17, 50/20)</t>
   </si>
   <si>
     <t>https://rgfi.fina.hr/JavnaObjava-web/jsp/prijavaKorisnika.jsp</t>
   </si>
   <si>
     <t>Pristup putem korisničkog imena i lozinke</t>
   </si>
   <si>
     <t>Registar godišnjih financijskih izvještaja (RGFI), RGFI-javna objava, registri Fine</t>
   </si>
   <si>
-    <t>danijela.buric-novak@fina.hr</t>
-[...1 lines deleted...]
-  <si>
     <t>Očevidnik nekretnina i pokretnina koje se prodaju u ovršnom postupku</t>
   </si>
   <si>
     <t>po objavi, u realnom vremenu</t>
   </si>
   <si>
     <t>čl. 169. st. 1. Ovršnog zakona (NN 112/2012, 25/2013, 93/2014, 55/2016, 73/2017, 131/2020, 114/2022 )</t>
   </si>
   <si>
     <t>Pravilnik o sadržaju i načinu vođenja očevidnika nekretnina i pokretnina koje se prodaju u ovršnom postupku (NN 115/2012 i 156/2014)</t>
   </si>
   <si>
     <t>https://ponip.fina.hr/ocevidnik-web/pocetna</t>
   </si>
   <si>
     <t>preuzimanje u CSV obliku</t>
   </si>
   <si>
     <t>Očevidnik nekretnina i pokretnina, očevidnik Fina, e-dražba</t>
   </si>
   <si>
-    <t>ppi@fina.hr, info@fina.hr</t>
-[...1 lines deleted...]
-  <si>
     <t>Očevidnik redoslijeda osnova za plaćanje</t>
   </si>
   <si>
     <t xml:space="preserve">čl. 6. st. 3. Zakona o provedbi ovrhe na novčanim sredstvima (NN 68/2018, 2/2020, 47/2020, 46/2020, 83/2020, 133/2020) </t>
   </si>
   <si>
     <t>Pravilnik o načinu i postupku provedbe ovrhe na novčanim sredstvima (NN 71/2018, 46/2022, 155/2022)</t>
   </si>
   <si>
     <t>ograničen</t>
   </si>
   <si>
     <t>info@fina.hr</t>
   </si>
   <si>
     <t>Jedinstveni registar računa</t>
   </si>
   <si>
     <t xml:space="preserve">svakodnevno, osim nedjeljom </t>
   </si>
   <si>
     <t xml:space="preserve">čl. 23. st. 1. Zakona o provedbi ovrhe na novčanim sredstvima (NN 68/2018, 2/2020, 47/2020, 46/2020, 83/2020, 133/2020) </t>
   </si>
   <si>
     <t>Pravilnik o Jedinstvenom registru računa (NN 53/2020)</t>
@@ -223,50 +208,65 @@
     <t>Pravilnik o obliku i sadržaju Upisnika te unutarnjem ustrojstvu i radu Službe upisa (NN 77/2006)</t>
   </si>
   <si>
     <t>http://zaloznaprava.fina.hr/upzap/public/prepare.do</t>
   </si>
   <si>
     <t xml:space="preserve">pretraživanje Upisnika moguće samo unosom zakonom propisanih kriterija </t>
   </si>
   <si>
     <t>Upisnik osiguranja tražbina, Upisnik, založna prava, pokretnine, prava</t>
   </si>
   <si>
     <t>zaloznaprava@fina.hr</t>
   </si>
   <si>
     <t>prijava putem NIAS-a  odgovarajućom vjerodajnicom</t>
   </si>
   <si>
     <t>preuzimanje u pdf oblliku</t>
   </si>
   <si>
     <t>https://gov.hr/hr/rezultati-pretrazivanja/24?q=e-Dugovanja#gsc.tab=0&amp;gsc.q=e-Dugovanja&amp;gsc.page=1</t>
   </si>
   <si>
     <t>e-Građani, e-Dugovanje, Očevidnik, osnova za plaćanje</t>
+  </si>
+  <si>
+    <t>rk@fina.hr</t>
+  </si>
+  <si>
+    <t>rsv@fina.hr</t>
+  </si>
+  <si>
+    <t>Osijek: rgfi.os@fina.hr
+Rijeka: rgfi.ri@fina.hr
+Split: rgfi.st@fina.hr
+Zagreb: rgfi.zg@fina.hr</t>
+  </si>
+  <si>
+    <t>KONTAKT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
@@ -334,90 +334,96 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hiperveza" xfId="1" builtinId="8"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
@@ -717,373 +723,374 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrr@fina.hr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natalija.jonjic@fina.hr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@fina.hr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jrr.fina.hr/jrir/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://servisi.fina.hr/regkonc/index.do" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:natasa.maric@fina.hr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ponip.fina.hr/ocevidnik-web/pocetna" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsv.fina.hr/RSV-javnost/login" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danijela.buric-novak@fina.hr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zaloznaprava@fina.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rgfi.fina.hr/JavnaObjava-web/jsp/prijavaKorisnika.jsp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://zaloznaprava.fina.hr/upzap/public/prepare.do" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsv@fina.hr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ponip.fina.hr/ocevidnik-web/pocetna" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rk@fina.hr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@fina.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rgfi.fina.hr/JavnaObjava-web/jsp/prijavaKorisnika.jsp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://servisi.fina.hr/regkonc/index.do" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jrr.fina.hr/jrir/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zaloznaprava@fina.hr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsv.fina.hr/RSV-javnost/login" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrr@fina.hr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://zaloznaprava.fina.hr/upzap/public/prepare.do" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@fina.hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J11"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="G6" sqref="G6"/>
+    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
+      <selection activeCell="J1" sqref="J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="28.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="10" width="30.7109375" style="2" customWidth="1"/>
+    <col min="1" max="9" width="30.7109375" style="2" customWidth="1"/>
+    <col min="10" max="10" width="28.140625" style="14"/>
     <col min="11" max="16384" width="28.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="J1" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A2" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="J1" s="1" t="s">
-        <v>7</v>
+      <c r="B2" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F2" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="7" t="s">
+    <row r="3" spans="1:10" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A3" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="7" t="s">
+      <c r="C3" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="E2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F2" s="8" t="s">
+      <c r="F3" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="45" x14ac:dyDescent="0.2">
+      <c r="A5" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="4" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H5" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...28 lines deleted...]
-        <v>27</v>
+    <row r="6" spans="1:10" ht="60" x14ac:dyDescent="0.2">
+      <c r="A6" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C4" s="9" t="s">
+    <row r="7" spans="1:10" ht="45" x14ac:dyDescent="0.2">
+      <c r="A7" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="9" t="s">
-[...8 lines deleted...]
-      <c r="G4" s="4" t="s">
+      <c r="H7" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="45" x14ac:dyDescent="0.2">
+      <c r="A8" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="H4" s="4" t="s">
-[...34 lines deleted...]
-      <c r="I5" s="7" t="s">
+      <c r="C8" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="J5" s="7" t="s">
-[...36 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="F8" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="B7" s="10" t="s">
-[...28 lines deleted...]
-      <c r="A8" s="7" t="s">
+      <c r="I8" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="B8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="7" t="s">
+      <c r="J8" s="8" t="s">
         <v>57</v>
-      </c>
-[...19 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="3"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="5"/>
       <c r="E9" s="4"/>
       <c r="F9" s="6"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
-      <c r="J9" s="5"/>
+      <c r="J9" s="4"/>
     </row>
     <row r="10" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="3"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="5"/>
       <c r="E10" s="4"/>
       <c r="F10" s="6"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
-      <c r="J10" s="5"/>
+      <c r="J10" s="4"/>
     </row>
     <row r="11" spans="1:10" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="5"/>
       <c r="E11" s="4"/>
       <c r="F11" s="6"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
-      <c r="J11" s="5"/>
+      <c r="J11" s="4"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId1" xr:uid="{AB7B29A7-C1B2-4453-BD82-38C23C18A3F3}"/>
-[...10 lines deleted...]
-    <hyperlink ref="F7" r:id="rId12" xr:uid="{1B1DCD04-C27E-498D-8D3B-B4D54D3497E5}"/>
+    <hyperlink ref="F2" r:id="rId1" xr:uid="{4E9BD988-857A-4E33-9BF4-7E6523F2B16D}"/>
+    <hyperlink ref="F4" r:id="rId2" xr:uid="{629719FE-1FC3-4998-8E08-41D2BC673E68}"/>
+    <hyperlink ref="F5" r:id="rId3" xr:uid="{D81FB8AF-C86C-4E8F-8C50-21E36D2682A9}"/>
+    <hyperlink ref="F8" r:id="rId4" xr:uid="{A8B513CC-C11B-4DB2-AF4C-D44818A90989}"/>
+    <hyperlink ref="F3" r:id="rId5" xr:uid="{4E9AD5A3-990B-4F14-A0B2-C78548F20701}"/>
+    <hyperlink ref="F7" r:id="rId6" xr:uid="{1B1DCD04-C27E-498D-8D3B-B4D54D3497E5}"/>
+    <hyperlink ref="J2" r:id="rId7" xr:uid="{0B2D4FA9-A666-4DAF-9344-F9004604FC6C}"/>
+    <hyperlink ref="J3" r:id="rId8" xr:uid="{978AB86E-7522-4660-A422-3C317B48B6F2}"/>
+    <hyperlink ref="J6" r:id="rId9" xr:uid="{C00F3EDC-EF91-4F71-9512-EAD848B9B4BC}"/>
+    <hyperlink ref="J7" r:id="rId10" xr:uid="{61127753-9B41-434C-A325-0ADEB0298A73}"/>
+    <hyperlink ref="J8" r:id="rId11" xr:uid="{4F7173E8-AD56-478C-B7BB-ECB0C4358D4F}"/>
+    <hyperlink ref="J5" r:id="rId12" xr:uid="{C96B7BEE-F442-4667-B5FA-22CDC9E4996B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId13"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
@@ -1110,48 +1117,48 @@
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>
       <vt:lpstr>List2</vt:lpstr>
       <vt:lpstr>List3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>POVJ_8</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d1ab742f-39a8-4a62-9744-1e8791e01e71_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_af918248-9eb2-405f-9462-498831db6fe7_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d1ab742f-39a8-4a62-9744-1e8791e01e71_SetDate">
-    <vt:lpwstr>2024-03-22T11:10:48Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_af918248-9eb2-405f-9462-498831db6fe7_SetDate">
+    <vt:lpwstr>2026-01-21T13:47:14Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d1ab742f-39a8-4a62-9744-1e8791e01e71_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_af918248-9eb2-405f-9462-498831db6fe7_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d1ab742f-39a8-4a62-9744-1e8791e01e71_Name">
-    <vt:lpwstr>test</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_af918248-9eb2-405f-9462-498831db6fe7_Name">
+    <vt:lpwstr>Javno</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d1ab742f-39a8-4a62-9744-1e8791e01e71_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_af918248-9eb2-405f-9462-498831db6fe7_SiteId">
     <vt:lpwstr>f48894ec-930b-40d5-9326-43383e17b59f</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d1ab742f-39a8-4a62-9744-1e8791e01e71_ActionId">
-    <vt:lpwstr>0a352935-563c-4186-9e8f-ff80c2d05c82</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_af918248-9eb2-405f-9462-498831db6fe7_ActionId">
+    <vt:lpwstr>f6f45865-bfe0-4fc5-9d6e-fba442a6864e</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d1ab742f-39a8-4a62-9744-1e8791e01e71_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_af918248-9eb2-405f-9462-498831db6fe7_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
 </Properties>
 </file>